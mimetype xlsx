--- v0 (2025-10-08)
+++ v1 (2026-02-15)
@@ -56,51 +56,51 @@
   <si>
     <t>Grant Mechanism</t>
   </si>
   <si>
     <t>Priority Area</t>
   </si>
   <si>
     <t>Program</t>
   </si>
   <si>
     <t>Research Area</t>
   </si>
   <si>
     <t>Notice of Change: NINDS Participation in RFA-EY-25-001: BRAIN Initiative: New Concepts and Early-Stage Research for Recording and Modulation in the Nervous System (R21) (Clinical Trial Not Allowed)</t>
   </si>
   <si>
     <t>NOT-NS-25-012</t>
   </si>
   <si>
     <t>http://grants.nih.gov/grants/guide/notice-files/NOT-NS-25-012.html</t>
   </si>
   <si>
     <t>Notices</t>
   </si>
   <si>
-    <t>2028-01-01</t>
+    <t>2029-01-01</t>
   </si>
   <si>
     <t>NINDS is joining for BRAIN.</t>
   </si>
   <si>
     <t>Notice of Intent to Publish a Funding Opportunity Announcement for BRAIN Initiative: Brain Behavior Quantification and Synchronization- Next Generation Sensor Technology Development (U01 Clinical Trial Optional)</t>
   </si>
   <si>
     <t>NOT-MH-24-365</t>
   </si>
   <si>
     <t>http://grants.nih.gov/grants/guide/notice-files/NOT-MH-24-365.html</t>
   </si>
   <si>
     <t>This NOFO solicits applications for next generation sensor and bioelectronic device development that will synchronize with brain recordings. The sensor and neural recording data will be used to generate new computational models of behavior in human and animal models. There has been a lack of quantitative approaches and models to understand the complexity of human and animal behavior in naturalistic settings. This NOFO focuses on the development of next generation sensors to acquire data and synchronize it with simultaneous brain recordings to build computational models.</t>
   </si>
   <si>
     <t>Notice of Intent to Publish a Funding Opportunity Announcement for BRAIN Initiative Connectivity across Scales (BRAIN CONNECTS): Specialized Projects for Scalable Technologies (U01 Clinical Trial Not Allowed)</t>
   </si>
   <si>
     <t>NOT-NS-24-130</t>
   </si>
   <si>
     <t>http://grants.nih.gov/grants/guide/notice-files/NOT-NS-24-130.html</t>
   </si>